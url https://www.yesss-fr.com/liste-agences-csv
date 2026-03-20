--- v0 (2025-12-18)
+++ v1 (2026-03-20)
@@ -16,90 +16,93 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Liste des agences" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Liste des agences'!$A$1:$K$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2156">
   <si>
-    <t>Numéro</t>
+    <t>Numï¿½ro</t>
   </si>
   <si>
     <t>Nom</t>
   </si>
   <si>
     <t>Adresse</t>
   </si>
   <si>
-    <t>Complément d'adresse</t>
+    <t>Complï¿½ment d'adresse</t>
   </si>
   <si>
     <t>Code Postal</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
-    <t>Téléphone</t>
+    <t>Tï¿½lï¿½phone</t>
   </si>
   <si>
     <t>Fax</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
     <t>Latitude</t>
   </si>
   <si>
     <t>Longitude</t>
   </si>
   <si>
-    <t>Direction régionale DAUPHINE-SAVOIE</t>
-[...5 lines deleted...]
-    <t>MERY</t>
+    <t>Direction rï¿½gionale DAUPHINE-SAVOIE</t>
+  </si>
+  <si>
+    <t>60 rue Jacques Cellier</t>
+  </si>
+  <si>
+    <t>Le Sao Paulo</t>
+  </si>
+  <si>
+    <t>GRESY SUR AIX</t>
   </si>
   <si>
     <t>04 79 35 03 02</t>
   </si>
   <si>
     <t>dr.savoie@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence d'ECHIROLLES</t>
   </si>
   <si>
     <t>3 rue du Grand Veymont</t>
   </si>
   <si>
     <t>Z.I. comboire</t>
   </si>
   <si>
     <t>ÉCHIROLLES</t>
   </si>
   <si>
     <t>04 76 40 59 75</t>
   </si>
   <si>
     <t>04 76 40 23 94</t>
   </si>
@@ -202,54 +205,51 @@
   <si>
     <t>Agence de BOURGOIN-JALLIEU</t>
   </si>
   <si>
     <t>129 av. des Marronniers</t>
   </si>
   <si>
     <t>ZA des Marronniers</t>
   </si>
   <si>
     <t>BOURGOIN-JALLIEU</t>
   </si>
   <si>
     <t>04 37 03 06 51</t>
   </si>
   <si>
     <t>04 74 28 26 33</t>
   </si>
   <si>
     <t>bourgoin@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de CHAMBERY NORD</t>
   </si>
   <si>
-    <t>159 rue pré Pagnon</t>
-[...2 lines deleted...]
-    <t>Z.I. des Landiers Nord</t>
+    <t>715 rue de belle eau</t>
   </si>
   <si>
     <t>CHAMBERY</t>
   </si>
   <si>
     <t>04 79 75 32 69</t>
   </si>
   <si>
     <t>04 79 65 94 75</t>
   </si>
   <si>
     <t>chamberynord@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de SAINT JEAN DE MAURIENNE</t>
   </si>
   <si>
     <t>50 rue Léonard de Vinci</t>
   </si>
   <si>
     <t>ZAE du pré de la Garde</t>
   </si>
   <si>
     <t>SAINT JEAN DE MAURIENNE</t>
   </si>
@@ -277,51 +277,51 @@
   <si>
     <t>04 79 24 67 40</t>
   </si>
   <si>
     <t>moutiers@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de BOURG SAINT MAURICE</t>
   </si>
   <si>
     <t>Quartier des Alpins</t>
   </si>
   <si>
     <t>84 rue de l'Edelweiss</t>
   </si>
   <si>
     <t>BOURG SAINT MAURICE</t>
   </si>
   <si>
     <t>04 79 00 16 32</t>
   </si>
   <si>
     <t>bourgsaintmaurice@yesss-fr.com</t>
   </si>
   <si>
-    <t>Direction régionale MIDI-PYRENEES</t>
+    <t>Direction rï¿½gionale MIDI-PYRENEES</t>
   </si>
   <si>
     <t>22 - 24 boulevard de Thibaud</t>
   </si>
   <si>
     <t>TOULOUSE</t>
   </si>
   <si>
     <t>05 61 19 27 88</t>
   </si>
   <si>
     <t>05 62 14 07 57</t>
   </si>
   <si>
     <t>dr.midipyrenees@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de TOULOUSE SUD</t>
   </si>
   <si>
     <t>22 - 24 boulevard De Thibaud</t>
   </si>
   <si>
     <t>05 61 40 72 72</t>
   </si>
@@ -562,63 +562,63 @@
   <si>
     <t>05 63 60 63 00</t>
   </si>
   <si>
     <t>05 63 41 08 30</t>
   </si>
   <si>
     <t>albi@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de MONTAUBAN</t>
   </si>
   <si>
     <t>34 rue Voltaire</t>
   </si>
   <si>
     <t>Montauban</t>
   </si>
   <si>
     <t>05 63 02 02 03</t>
   </si>
   <si>
     <t>montauban@yesss-fr.com</t>
   </si>
   <si>
-    <t>Direction régionale BRETAGNE OUEST</t>
-[...5 lines deleted...]
-    <t>Le Skorf</t>
+    <t>Direction rï¿½gionale BRETAGNE OUEST</t>
+  </si>
+  <si>
+    <t>1 rue d&amp;#039;Estienne d&amp;#039;Orves</t>
+  </si>
+  <si>
+    <t>Immeuble Celtic Submarine 1, quai C</t>
   </si>
   <si>
     <t>LORIENT</t>
   </si>
   <si>
-    <t>02 97 89 80 80</t>
+    <t xml:space="preserve">02 .9 7. 89 .8 0. </t>
   </si>
   <si>
     <t>dr.bretagne@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de VANNES</t>
   </si>
   <si>
     <t>ZI du Prat</t>
   </si>
   <si>
     <t>Avenue Edouard MICHELIN</t>
   </si>
   <si>
     <t>VANNES</t>
   </si>
   <si>
     <t>02 97 47 32 00</t>
   </si>
   <si>
     <t>vannes@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de LORIENT</t>
   </si>
@@ -820,51 +820,51 @@
   <si>
     <t>02 98 01 03 53</t>
   </si>
   <si>
     <t>brest.loscoat@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de LAMBALLE</t>
   </si>
   <si>
     <t>2, allée de Tournemine</t>
   </si>
   <si>
     <t>LAMBALLE</t>
   </si>
   <si>
     <t>02 96 50 58 00</t>
   </si>
   <si>
     <t>02 96 50 65 79</t>
   </si>
   <si>
     <t>lamballe@yesss-fr.com</t>
   </si>
   <si>
-    <t>Direction régionale PAYS CATHARE</t>
+    <t>Direction rï¿½gionale PAYS CATHARE</t>
   </si>
   <si>
     <t>155 Rue Medhi Ben Barka</t>
   </si>
   <si>
     <t>ZA Garosud</t>
   </si>
   <si>
     <t>Montpellier</t>
   </si>
   <si>
     <t>04 67 83 67 46</t>
   </si>
   <si>
     <t>dr.payscathare@yesss.fr</t>
   </si>
   <si>
     <t>Agence de BEZIERS SUD</t>
   </si>
   <si>
     <t>3 rue de Saint Victor</t>
   </si>
   <si>
     <t>ZAC du Capiscol</t>
   </si>
@@ -1060,51 +1060,51 @@
   <si>
     <t>04 67 37 74 54</t>
   </si>
   <si>
     <t>pezenas@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence d'ARGELES SUR MER</t>
   </si>
   <si>
     <t>5 bis rue des Loriots</t>
   </si>
   <si>
     <t>ARGELES SUR MER</t>
   </si>
   <si>
     <t>04 68 98 30 78</t>
   </si>
   <si>
     <t>04 68 54 07 30</t>
   </si>
   <si>
     <t>argeles@yesss-fr.com</t>
   </si>
   <si>
-    <t>Direction régionale NOUVELLE AQUITAINE NORD</t>
+    <t>Direction rï¿½gionale NOUVELLE AQUITAINE NORD</t>
   </si>
   <si>
     <t>21 Quai Lawton</t>
   </si>
   <si>
     <t>Bâtiment G3</t>
   </si>
   <si>
     <t>BORDEAUX</t>
   </si>
   <si>
     <t>05 56 37 12 84</t>
   </si>
   <si>
     <t>05 56 37 38 80</t>
   </si>
   <si>
     <t>dr.bordeaux@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de BORDEAUX</t>
   </si>
   <si>
     <t>ZI Alfred Daney</t>
   </si>
@@ -1279,51 +1279,51 @@
   <si>
     <t>05 56 26 02 60</t>
   </si>
   <si>
     <t>05 57 17 57 28</t>
   </si>
   <si>
     <t>andernos@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence d'YESSS EXPORT</t>
   </si>
   <si>
     <t>ZE Alfred Daney</t>
   </si>
   <si>
     <t>05 56 39 39 28</t>
   </si>
   <si>
     <t xml:space="preserve">lo gi st iq ue .o </t>
   </si>
   <si>
     <t>peter.birss@yesss-fr.com</t>
   </si>
   <si>
-    <t>Direction régionale AZUR EST</t>
+    <t>Direction rï¿½gionale AZUR EST</t>
   </si>
   <si>
     <t>ZI les Tourrades</t>
   </si>
   <si>
     <t>Parc du Béal</t>
   </si>
   <si>
     <t>06150</t>
   </si>
   <si>
     <t>CANNES</t>
   </si>
   <si>
     <t>04 93 48 12 55</t>
   </si>
   <si>
     <t>04 93 48 12 56</t>
   </si>
   <si>
     <t>dr.azur@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de VILLENEUVE LOUBET</t>
   </si>
@@ -1492,51 +1492,51 @@
   <si>
     <t>04 94 99 12 23</t>
   </si>
   <si>
     <t>04 94 67 94 31</t>
   </si>
   <si>
     <t>fayence@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de NICE CENTRE</t>
   </si>
   <si>
     <t>3 rue René SAINSON</t>
   </si>
   <si>
     <t>04 93 80 49 49</t>
   </si>
   <si>
     <t>04 93 01 37 41</t>
   </si>
   <si>
     <t>nicecentre@yesss-fr.com</t>
   </si>
   <si>
-    <t>Direction régionale BOURGOGNE</t>
+    <t>Direction rï¿½gionale BOURGOGNE</t>
   </si>
   <si>
     <t>3 rue des Frères LUMIERE</t>
   </si>
   <si>
     <t>CHENOVE</t>
   </si>
   <si>
     <t>03 80 58 87 00</t>
   </si>
   <si>
     <t>03 80 58 86 88</t>
   </si>
   <si>
     <t>dr.bourgogne@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de MACON</t>
   </si>
   <si>
     <t>187 rue Gustave EIFFEL</t>
   </si>
   <si>
     <t>Parc d'activité de Mâcon Sud</t>
   </si>
@@ -1720,51 +1720,51 @@
   <si>
     <t>03 80 74 36 05</t>
   </si>
   <si>
     <t>dijon-nord@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de BESANCON</t>
   </si>
   <si>
     <t>14 rue du rond Buisson</t>
   </si>
   <si>
     <t>THISE</t>
   </si>
   <si>
     <t>03 81 21 15 70</t>
   </si>
   <si>
     <t>03 81 80 66 25</t>
   </si>
   <si>
     <t>besancon.nord@yesss-fr.com</t>
   </si>
   <si>
-    <t>Direction régionale RHONE</t>
+    <t>Direction rï¿½gionale RHONE</t>
   </si>
   <si>
     <t>7 chemin du Torey</t>
   </si>
   <si>
     <t>FRANCHEVILLE</t>
   </si>
   <si>
     <t>04 72 66 00 31</t>
   </si>
   <si>
     <t>drlyoncentre@yesss.fr</t>
   </si>
   <si>
     <t>Agence de VILLEURBANNE</t>
   </si>
   <si>
     <t>70 avenue Roger Salengro</t>
   </si>
   <si>
     <t>VILLEURBANNE</t>
   </si>
   <si>
     <t>04 72 82 16 00</t>
   </si>
@@ -1897,51 +1897,51 @@
   <si>
     <t>04 72 05 64 74</t>
   </si>
   <si>
     <t>decines@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de LIMONEST</t>
   </si>
   <si>
     <t>1111 chemin de la Bruyère</t>
   </si>
   <si>
     <t>LIMONEST</t>
   </si>
   <si>
     <t>04 72 52 03 30</t>
   </si>
   <si>
     <t>04 72 52 03 31</t>
   </si>
   <si>
     <t>limonest@yesss-fr.com</t>
   </si>
   <si>
-    <t>Direction régionale BASSE NORMANDIE</t>
+    <t>Direction rï¿½gionale BASSE NORMANDIE</t>
   </si>
   <si>
     <t>8 Rue Alfred Kastler</t>
   </si>
   <si>
     <t>CAEN</t>
   </si>
   <si>
     <t>06 73 83 90 04</t>
   </si>
   <si>
     <t>02 33 60 35 06</t>
   </si>
   <si>
     <t>dr.bassenormandie@yesss.fr</t>
   </si>
   <si>
     <t>Agence de SAINT LO</t>
   </si>
   <si>
     <t>61 rue Eugène Varlin</t>
   </si>
   <si>
     <t>ZA de la Chevalerie</t>
   </si>
@@ -2098,51 +2098,51 @@
   <si>
     <t>alencon@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de COUTANCES</t>
   </si>
   <si>
     <t>Zone d'activités de la Mare 4</t>
   </si>
   <si>
     <t>5b Rue Colbert</t>
   </si>
   <si>
     <t>COUTANCES</t>
   </si>
   <si>
     <t>02 33 07 07 07</t>
   </si>
   <si>
     <t>02 33 46 84 25</t>
   </si>
   <si>
     <t>coutances@yesss-fr.com</t>
   </si>
   <si>
-    <t>Direction régionale HAUTE NORMANDIE</t>
+    <t>Direction rï¿½gionale HAUTE NORMANDIE</t>
   </si>
   <si>
     <t>dr.normandie@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de ROUEN RIVE DROITE</t>
   </si>
   <si>
     <t>4 rue Saint Gilles</t>
   </si>
   <si>
     <t>ZAC les deux Rivières</t>
   </si>
   <si>
     <t>ROUEN</t>
   </si>
   <si>
     <t>02 32 12 52 52</t>
   </si>
   <si>
     <t>02 32 12 00 22</t>
   </si>
   <si>
     <t>rouen1@yesss-fr.com</t>
   </si>
@@ -2296,51 +2296,51 @@
   <si>
     <t>02 37 46 93 38</t>
   </si>
   <si>
     <t>dreux@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de VERNON</t>
   </si>
   <si>
     <t>15 rue de la Garenne</t>
   </si>
   <si>
     <t>SAINT MARCEL</t>
   </si>
   <si>
     <t>02 32 21 33 33</t>
   </si>
   <si>
     <t>02 32 71 30 30</t>
   </si>
   <si>
     <t>vernon@yesss-fr.com</t>
   </si>
   <si>
-    <t>Direction régionale PAYS DE LOIRE</t>
+    <t>Direction rï¿½gionale PAYS DE LOIRE</t>
   </si>
   <si>
     <t>314 boulevard Marcel Paul</t>
   </si>
   <si>
     <t>BP 70371</t>
   </si>
   <si>
     <t>SAINT HERBLAIN</t>
   </si>
   <si>
     <t>02 28 03 12 63</t>
   </si>
   <si>
     <t>02 40 92 97 78</t>
   </si>
   <si>
     <t>dr.paysdeloire@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de NANTES</t>
   </si>
   <si>
     <t>28 avenue du Marché Commun</t>
   </si>
@@ -2581,51 +2581,51 @@
   <si>
     <t>02 40 92 10 30</t>
   </si>
   <si>
     <t>02 40 76 95 39</t>
   </si>
   <si>
     <t>reze@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de BRESSUIRE</t>
   </si>
   <si>
     <t>98 boulevard de Thouars</t>
   </si>
   <si>
     <t>BRESSUIRE</t>
   </si>
   <si>
     <t>05 49 81 57 88</t>
   </si>
   <si>
     <t>bressuire@yesss-fr.com</t>
   </si>
   <si>
-    <t>Direction régionale PROVENCE ALPES</t>
+    <t>Direction rï¿½gionale PROVENCE ALPES</t>
   </si>
   <si>
     <t>535 rue Georges Claude</t>
   </si>
   <si>
     <t>AIX EN PROVENCE</t>
   </si>
   <si>
     <t>04 42 10 87 60</t>
   </si>
   <si>
     <t>04 42 10 73 24</t>
   </si>
   <si>
     <t>dr.provence@yesss-fr.com</t>
   </si>
   <si>
     <t xml:space="preserve">Agence d'AVIGNON </t>
   </si>
   <si>
     <t>28 avenue Fontcouverte</t>
   </si>
   <si>
     <t>AVIGNON</t>
   </si>
@@ -2902,51 +2902,51 @@
   <si>
     <t>Agence d'APT</t>
   </si>
   <si>
     <t>131 avenue des argiles</t>
   </si>
   <si>
     <t>APT</t>
   </si>
   <si>
     <t>04 90 75 21 50</t>
   </si>
   <si>
     <t>apt@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence d'YESSS CONNECT PROVENCE</t>
   </si>
   <si>
     <t>535 Rue Georges Claude</t>
   </si>
   <si>
     <t>07 61 02 34 84</t>
   </si>
   <si>
-    <t>Direction régionale NOUVELLE AQUITAINE SUD</t>
+    <t>Direction rï¿½gionale NOUVELLE AQUITAINE SUD</t>
   </si>
   <si>
     <t>7 Rue de Loustalot</t>
   </si>
   <si>
     <t>ANGLET</t>
   </si>
   <si>
     <t>05 59 59 03 03</t>
   </si>
   <si>
     <t>05 59 59 03 05</t>
   </si>
   <si>
     <t>dr.aquitainesud@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence d'ANGLET</t>
   </si>
   <si>
     <t>ZI des Pontots</t>
   </si>
   <si>
     <t>10 rue de l'Industrie</t>
   </si>
@@ -3109,51 +3109,51 @@
   <si>
     <t>05 59 38 26 63</t>
   </si>
   <si>
     <t>orthez@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de BISCARROSSE</t>
   </si>
   <si>
     <t>1001 route de Parentis</t>
   </si>
   <si>
     <t>BISCARROSSE</t>
   </si>
   <si>
     <t>05 58 08 08 08</t>
   </si>
   <si>
     <t>05 58 82 31 06</t>
   </si>
   <si>
     <t>biscarrosse@yesss-fr.com</t>
   </si>
   <si>
-    <t>Direction régionale FOREZ</t>
+    <t>Direction rï¿½gionale FOREZ</t>
   </si>
   <si>
     <t>3, allée du couchant</t>
   </si>
   <si>
     <t>Saint-Etienne</t>
   </si>
   <si>
     <t>04 77 57 57 01</t>
   </si>
   <si>
     <t>drforez@yesss.fr</t>
   </si>
   <si>
     <t>Agence de CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>9 rue Pierre BOULANGER</t>
   </si>
   <si>
     <t>Z.I. du Brezet</t>
   </si>
   <si>
     <t>CLERMONT-FERRAND</t>
   </si>
@@ -3352,57 +3352,57 @@
   <si>
     <t>04 77 26 00 31</t>
   </si>
   <si>
     <t>04 77 26 32 20</t>
   </si>
   <si>
     <t>feurs@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence d'YESSS CONNECT FOREZ</t>
   </si>
   <si>
     <t>26-28 Victor Grignard</t>
   </si>
   <si>
     <t>SAINT ETIENNE</t>
   </si>
   <si>
     <t>04 77 06 38 16</t>
   </si>
   <si>
     <t>yesssconnectforez@yesss-fr.com</t>
   </si>
   <si>
-    <t>Direction régionale BRETAGNE EST</t>
+    <t>Direction rï¿½gionale BRETAGNE EST</t>
   </si>
   <si>
     <t>167 rue de Lorient</t>
   </si>
   <si>
-    <t>Parc Monier</t>
+    <t>Parc Monnier</t>
   </si>
   <si>
     <t>RENNES</t>
   </si>
   <si>
     <t>02 99 02 87 03</t>
   </si>
   <si>
     <t>02 96 61 45 41</t>
   </si>
   <si>
     <t>dr.bretagne-est@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de RENNES CESSON SEVIGNE</t>
   </si>
   <si>
     <t>10 rue de l'Oseraie</t>
   </si>
   <si>
     <t>ZI du Sud-Est</t>
   </si>
   <si>
     <t>CESSON SEVIGNE</t>
   </si>
@@ -3583,51 +3583,51 @@
   <si>
     <t>02 99 72 44 35</t>
   </si>
   <si>
     <t>02 23 63 09 06</t>
   </si>
   <si>
     <t>redon@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de VITRE</t>
   </si>
   <si>
     <t>12 Rue de Plagué</t>
   </si>
   <si>
     <t>Vitré</t>
   </si>
   <si>
     <t>02 23 55 10 42</t>
   </si>
   <si>
     <t>vitre@yesss-fr.com</t>
   </si>
   <si>
-    <t>Direction régionale AZUR OUEST</t>
+    <t>Direction rï¿½gionale AZUR OUEST</t>
   </si>
   <si>
     <t>PA du Grand Pont</t>
   </si>
   <si>
     <t>Quartier du Pérat</t>
   </si>
   <si>
     <t>GRIMAUD</t>
   </si>
   <si>
     <t>04 98 12 64 10</t>
   </si>
   <si>
     <t>04 98 12 64 11</t>
   </si>
   <si>
     <t>dr.azurouest@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de FREJUS</t>
   </si>
   <si>
     <t>Z.I. de la Palud</t>
   </si>
@@ -3829,51 +3829,51 @@
   <si>
     <t>04 94 94 07 42</t>
   </si>
   <si>
     <t>lelavandou@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de ST CYR SUR MER</t>
   </si>
   <si>
     <t>ZAC des Pradeaux</t>
   </si>
   <si>
     <t>224 rue Alexandre Dumas</t>
   </si>
   <si>
     <t>ST CYR SUR MER</t>
   </si>
   <si>
     <t>04 92 98 12 36</t>
   </si>
   <si>
     <t>saintcyrsurmer@yesss-fr.com</t>
   </si>
   <si>
-    <t>Direction régionale CENTRE VALLEE DE LA LOIRE</t>
+    <t>Direction rï¿½gionale CENTRE VALLEE DE LA LOIRE</t>
   </si>
   <si>
     <t>117 rue Saint Marceau</t>
   </si>
   <si>
     <t>ORLÉANS</t>
   </si>
   <si>
     <t>02 38 22 20 37</t>
   </si>
   <si>
     <t>02 38 22 08 59</t>
   </si>
   <si>
     <t>dr.centre@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence d'ANGERS</t>
   </si>
   <si>
     <t>17 boulevard de l'Industrie</t>
   </si>
   <si>
     <t>Cellule 3</t>
   </si>
@@ -4129,51 +4129,51 @@
   <si>
     <t>04 70 08 08 09</t>
   </si>
   <si>
     <t>04 70 05 44 44</t>
   </si>
   <si>
     <t>montlucon@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de BOURGES</t>
   </si>
   <si>
     <t>867 RUE  DE MALITORNE</t>
   </si>
   <si>
     <t>SAINT DOULCHARD</t>
   </si>
   <si>
     <t>02 48 24 02 41</t>
   </si>
   <si>
     <t>bourges@yesss-fr.com</t>
   </si>
   <si>
-    <t>Direction régionale PARIS EST</t>
+    <t>Direction rï¿½gionale PARIS EST</t>
   </si>
   <si>
     <t>38 avenue du gros chêne</t>
   </si>
   <si>
     <t>HERBLAY</t>
   </si>
   <si>
     <t>drparisest@yesss.fr</t>
   </si>
   <si>
     <t>Agence de NEMOURS</t>
   </si>
   <si>
     <t>ZAC des hauteurs du Loing</t>
   </si>
   <si>
     <t>27 chemin des Mazes</t>
   </si>
   <si>
     <t>NEMOURS</t>
   </si>
   <si>
     <t>01 64 45 54 54</t>
   </si>
@@ -4399,51 +4399,51 @@
   <si>
     <t>montlhery@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de CHAMPIGNY</t>
   </si>
   <si>
     <t>16 rue Serpente</t>
   </si>
   <si>
     <t>Champigny-sur-Marne</t>
   </si>
   <si>
     <t>01 45 16 26 00</t>
   </si>
   <si>
     <t>champigny@yesss.fr</t>
   </si>
   <si>
     <t>Agence d'YESSS CABLE PARIS</t>
   </si>
   <si>
     <t>Les Mureaux</t>
   </si>
   <si>
-    <t>Direction régionale LANGUEDOC</t>
+    <t>Direction rï¿½gionale LANGUEDOC</t>
   </si>
   <si>
     <t>155 rue Medhi Ben Barka</t>
   </si>
   <si>
     <t>ZI Garosud</t>
   </si>
   <si>
     <t>MONTPELLIER</t>
   </si>
   <si>
     <t>04 67 83 26 29</t>
   </si>
   <si>
     <t>dr.languedoc-roussillon@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de MAUGUIO</t>
   </si>
   <si>
     <t>362 rue Saint Exupery</t>
   </si>
   <si>
     <t>Espace Commercial Fréjorgues Ouest</t>
   </si>
@@ -4621,51 +4621,51 @@
   <si>
     <t>04 99 78 79 10</t>
   </si>
   <si>
     <t>castries@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de BAGNOLS SUR CEZE</t>
   </si>
   <si>
     <t>Avenue de la roquette</t>
   </si>
   <si>
     <t>ZA n°3</t>
   </si>
   <si>
     <t>Bagnols sur ceze</t>
   </si>
   <si>
     <t>04 66 50 45 73</t>
   </si>
   <si>
     <t>bagnols.ceze@yesss.fr</t>
   </si>
   <si>
-    <t>Direction régionale ATLANTIQUE CENTRE AQUITAINE</t>
+    <t>Direction rï¿½gionale ATLANTIQUE CENTRE AQUITAINE</t>
   </si>
   <si>
     <t>Agence de ROYAN</t>
   </si>
   <si>
     <t>ZC - 10 rue Denis Papin</t>
   </si>
   <si>
     <t>Zone Commerciale</t>
   </si>
   <si>
     <t>ROYAN</t>
   </si>
   <si>
     <t>05 46 05 71 97</t>
   </si>
   <si>
     <t>05 46 05 73 91</t>
   </si>
   <si>
     <t>royan@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence d'ANGOULEME</t>
   </si>
@@ -4855,51 +4855,51 @@
   <si>
     <t>05 55 87 25 37</t>
   </si>
   <si>
     <t>brive@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de DOLUS D'OLERON</t>
   </si>
   <si>
     <t>4 Rue le Corbusier</t>
   </si>
   <si>
     <t>Actipole de la Jarrie</t>
   </si>
   <si>
     <t>DOLUS D'OLÉRON</t>
   </si>
   <si>
     <t>05 46 08 00 70</t>
   </si>
   <si>
     <t>dolus-oleron@yesss-fr.com</t>
   </si>
   <si>
-    <t>Direction régionale MONT-BLANC BRESSE</t>
+    <t>Direction rï¿½gionale MONT-BLANC BRESSE</t>
   </si>
   <si>
     <t>29 route de Nanfray</t>
   </si>
   <si>
     <t>Cran-gevrier</t>
   </si>
   <si>
     <t>ANNECY</t>
   </si>
   <si>
     <t>04 37 58 47 02</t>
   </si>
   <si>
     <t>04 50 66 96 83</t>
   </si>
   <si>
     <t>dr.leman@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence d'ANNECY</t>
   </si>
   <si>
     <t>29 route de Nanfray - Cran Gevrier</t>
   </si>
@@ -5056,51 +5056,51 @@
   <si>
     <t>amberieu@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de SAINT GENIS POUILLY</t>
   </si>
   <si>
     <t>54 rue du Tiocan</t>
   </si>
   <si>
     <t>01630</t>
   </si>
   <si>
     <t>SAINT GENIS POUILLY</t>
   </si>
   <si>
     <t>04 50 28 40 15</t>
   </si>
   <si>
     <t>04 50 20 09 76</t>
   </si>
   <si>
     <t>saintgenis@yesss-fr.com</t>
   </si>
   <si>
-    <t>Direction régionale PARIS OUEST</t>
+    <t>Direction rï¿½gionale PARIS OUEST</t>
   </si>
   <si>
     <t>dr.parisnordouest@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence d'AUBERGENVILLE</t>
   </si>
   <si>
     <t>1 rue des vieilles Granges</t>
   </si>
   <si>
     <t>ZA des Chevries</t>
   </si>
   <si>
     <t>AUBERGENVILLE</t>
   </si>
   <si>
     <t>01 30 99 93 93</t>
   </si>
   <si>
     <t>01 30 99 93 99</t>
   </si>
   <si>
     <t>aubergenville@yesss-fr.com</t>
   </si>
@@ -5323,51 +5323,51 @@
   <si>
     <t>01 41 21 31 00</t>
   </si>
   <si>
     <t>01 42 04 03 60</t>
   </si>
   <si>
     <t>villeneuvelagarenne@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de NANTERRE</t>
   </si>
   <si>
     <t>28 rue des Agglomérés</t>
   </si>
   <si>
     <t>NANTERRE</t>
   </si>
   <si>
     <t>01 40 99 08 59</t>
   </si>
   <si>
     <t>nanterre@yesss-fr.com</t>
   </si>
   <si>
-    <t>Direction régionale HAUT FOREZ</t>
+    <t>Direction rï¿½gionale HAUT FOREZ</t>
   </si>
   <si>
     <t>ANDREZIEUX BOUTHEON</t>
   </si>
   <si>
     <t>04 77 55 72 10</t>
   </si>
   <si>
     <t>04 77 55 72 19</t>
   </si>
   <si>
     <t>drforez@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de VALENCE</t>
   </si>
   <si>
     <t>28 rue des Mourettes</t>
   </si>
   <si>
     <t>VALENCE</t>
   </si>
   <si>
     <t>04 75 81 19 00</t>
   </si>
@@ -5548,51 +5548,51 @@
   <si>
     <t>tain@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de SAINT RAMBERT D'ALBON</t>
   </si>
   <si>
     <t>Route de la Maison Blanche</t>
   </si>
   <si>
     <t>ZA de la Tulandière</t>
   </si>
   <si>
     <t>SAINT RAMBERT D'ALBON</t>
   </si>
   <si>
     <t>04 75 23 15 15</t>
   </si>
   <si>
     <t>04 75 03 48 64</t>
   </si>
   <si>
     <t>saintrambert@yesss-fr.com</t>
   </si>
   <si>
-    <t>Direction régionale HAUTS DE FRANCE</t>
+    <t>Direction rï¿½gionale HAUTS DE FRANCE</t>
   </si>
   <si>
     <t>365 Avenue Isaac Newton</t>
   </si>
   <si>
     <t>BP 30118</t>
   </si>
   <si>
     <t>ARQUES</t>
   </si>
   <si>
     <t>03 21 88 60 88</t>
   </si>
   <si>
     <t>dr.hautsdefrance@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de WAMBRECHIES</t>
   </si>
   <si>
     <t>Avenue Clément ADER</t>
   </si>
   <si>
     <t>WAMBRECHIES</t>
   </si>
@@ -5761,51 +5761,51 @@
   <si>
     <t>03 44 40 84 64</t>
   </si>
   <si>
     <t>compiegne@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de VALENCIENNES</t>
   </si>
   <si>
     <t>3 Avenue Lefrancq</t>
   </si>
   <si>
     <t>ZI 2 de Valenciennes</t>
   </si>
   <si>
     <t>PROUVY</t>
   </si>
   <si>
     <t>03 27 24 90 95</t>
   </si>
   <si>
     <t>valenciennes@yesss.fr</t>
   </si>
   <si>
-    <t>Direction régionale CORSE - MARSEILLE</t>
+    <t>Direction rï¿½gionale CORSE - MARSEILLE</t>
   </si>
   <si>
     <t>dr.corsemarseille@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence d'AIX EN PROVENCE</t>
   </si>
   <si>
     <t>ZI les Milles</t>
   </si>
   <si>
     <t>04 42 29 77 10</t>
   </si>
   <si>
     <t>04 42 20 78 68</t>
   </si>
   <si>
     <t>aixenprovence@yesss.fr</t>
   </si>
   <si>
     <t>Agence d'AUBAGNE</t>
   </si>
   <si>
     <t>ZI des Paluds</t>
   </si>
@@ -6037,51 +6037,51 @@
   <si>
     <t>Lot n° 21</t>
   </si>
   <si>
     <t>04 95 58 10 36</t>
   </si>
   <si>
     <t>bastia.plomberie@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de ROUSSET</t>
   </si>
   <si>
     <t>705 avenue Georges VACHER</t>
   </si>
   <si>
     <t>ROUSSET</t>
   </si>
   <si>
     <t>04 42 22 97 50</t>
   </si>
   <si>
     <t>rousset@yesss-fr.com</t>
   </si>
   <si>
-    <t>Direction régionale CHAMPAGNE ET EST</t>
+    <t>Direction rï¿½gionale CHAMPAGNE ET EST</t>
   </si>
   <si>
     <t>1 rue des Egrez</t>
   </si>
   <si>
     <t>HOUDEMONT</t>
   </si>
   <si>
     <t>03 83 67 00 00</t>
   </si>
   <si>
     <t>03 83 57 53 29</t>
   </si>
   <si>
     <t>dr.champagne-est@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de NANCY</t>
   </si>
   <si>
     <t>03 83 56 83 00</t>
   </si>
   <si>
     <t>03 83 56 83 33</t>
   </si>
@@ -6286,51 +6286,51 @@
   <si>
     <t>SÉLESTAT</t>
   </si>
   <si>
     <t>03 90 60 04 90</t>
   </si>
   <si>
     <t>selestat@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de SARREGUEMINES</t>
   </si>
   <si>
     <t>102 rue Edouard JAUNEZ</t>
   </si>
   <si>
     <t>SARREGUEMINES</t>
   </si>
   <si>
     <t>03 87 02 00 24</t>
   </si>
   <si>
     <t>sarreguemines@yesss-fr.com</t>
   </si>
   <si>
-    <t>Direction régionale ANTILLES GUYANE</t>
+    <t>Direction rï¿½gionale ANTILLES GUYANE</t>
   </si>
   <si>
     <t>rue Francis Garnier</t>
   </si>
   <si>
     <t>dr.antilles@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de LE LAMENTIN</t>
   </si>
   <si>
     <t>ZI Les Mangles Acajou / Lot 23,25</t>
   </si>
   <si>
     <t>LE LAMENTIN</t>
   </si>
   <si>
     <t>05 96 48 00 92</t>
   </si>
   <si>
     <t>05 96 48 24 13</t>
   </si>
   <si>
     <t>lamentin@yesss-fr.com</t>
   </si>
@@ -6391,51 +6391,51 @@
   <si>
     <t>05 94 20 92 00</t>
   </si>
   <si>
     <t>cayenne@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de SAINT MARTIN</t>
   </si>
   <si>
     <t>6 rue Gardabelle Grande Case</t>
   </si>
   <si>
     <t>Lotissement artisanal</t>
   </si>
   <si>
     <t>Saint Martin</t>
   </si>
   <si>
     <t>05 90 27 79 48</t>
   </si>
   <si>
     <t>saint.martin@yesss-fr.com</t>
   </si>
   <si>
-    <t>Direction régionale OCEAN INDIEN</t>
+    <t>Direction rï¿½gionale OCEAN INDIEN</t>
   </si>
   <si>
     <t>adm.dgso@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de CAMBAIE</t>
   </si>
   <si>
     <t>3 avenue Piton Treport</t>
   </si>
   <si>
     <t>Saint Paul Cambaie</t>
   </si>
   <si>
     <t>02 62 96 60 70</t>
   </si>
   <si>
     <t>cambaie@yesss-fr.com</t>
   </si>
   <si>
     <t>Agence de SAINT PIERRE</t>
   </si>
   <si>
     <t>38 avenue Charles Isautier</t>
   </si>
@@ -6460,51 +6460,51 @@
   <si>
     <t>02 69 62 53 48</t>
   </si>
   <si>
     <t>mayotte@yesss.fr</t>
   </si>
   <si>
     <t>Agence de SAINT DENIS</t>
   </si>
   <si>
     <t>22 rue Gabriel de Kervéguen</t>
   </si>
   <si>
     <t>Z.I. du Chaudron</t>
   </si>
   <si>
     <t>Saint Denis</t>
   </si>
   <si>
     <t>02 62 97 23 18</t>
   </si>
   <si>
     <t>saint.denis@yesss-fr.com</t>
   </si>
   <si>
-    <t>Direction régionale MONTE CARLO</t>
+    <t>Direction rï¿½gionale MONTE CARLO</t>
   </si>
   <si>
     <t>cef@cef-monaco.com</t>
   </si>
   <si>
     <t>Agence de MONACO</t>
   </si>
   <si>
     <t>47 - 49 boulevard d'Italie</t>
   </si>
   <si>
     <t>MONACO</t>
   </si>
   <si>
     <t>00 37 79 35 03 26</t>
   </si>
   <si>
     <t>00 37 79 35 03 28</t>
   </si>
   <si>
     <t>arnaud@cef-monaco.com</t>
   </si>
 </sst>
 </file>
 
@@ -6860,57 +6860,57 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:K347"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E347" sqref="E347"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="56.557617" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="58.842773" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="43.560791" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="44.703369" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="30.563965" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="21.137695" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="43.560791" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="15.281982" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
@@ -6918,321 +6918,321 @@
         <v>6</v>
       </c>
       <c r="H1" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="0" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="0" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2" s="1">
         <v>700</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="D2" s="1"/>
+      <c r="D2" s="1" t="s">
+        <v>13</v>
+      </c>
       <c r="E2" s="2">
-        <v>73420</v>
+        <v>73100</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" s="1"/>
       <c r="I2" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="J2" s="1">
         <v>45.89514568</v>
       </c>
       <c r="K2" s="1">
         <v>6.08817458</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" s="3">
         <v>3</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3" s="4">
         <v>38130</v>
       </c>
       <c r="F3" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G3" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H3" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I3" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="J3" s="3">
         <v>45.14704242</v>
       </c>
       <c r="K3" s="3">
         <v>5.69240431</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" s="3">
         <v>15</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="4">
         <v>73200</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H4" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I4" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="J4" s="3">
         <v>45.66308352</v>
       </c>
       <c r="K4" s="3">
         <v>6.36549085</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" s="3">
         <v>45</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C5" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="4">
         <v>73000</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H5" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I5" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="J5" s="3">
         <v>45.57513665</v>
       </c>
       <c r="K5" s="3">
         <v>5.94792629</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" s="3">
         <v>53</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E6" s="4">
         <v>38600</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H6" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I6" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="J6" s="3">
         <v>45.2018755</v>
       </c>
       <c r="K6" s="3">
         <v>5.6778293</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" s="3">
         <v>62</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C7" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="4">
         <v>38110</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H7" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I7" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J7" s="3">
         <v>45.56691817</v>
       </c>
       <c r="K7" s="3">
         <v>5.4211843</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" s="3">
         <v>107</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="4">
         <v>38400</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H8" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I8" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="J8" s="3">
         <v>45.1844421</v>
       </c>
       <c r="K8" s="3">
         <v>5.7778485</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" s="3">
         <v>158</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C9" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D9" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E9" s="4">
         <v>38300</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H9" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I9" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="J9" s="3">
         <v>45.5931679</v>
       </c>
       <c r="K9" s="3">
         <v>5.2641756</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" s="3">
         <v>275</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="D10" s="3" t="s">
         <v>63</v>
       </c>
+      <c r="D10" s="3"/>
       <c r="E10" s="4">
         <v>73000</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>64</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>65</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J10" s="3">
         <v>45.6068526</v>
       </c>
       <c r="K10" s="3">
         <v>5.8917087</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" s="3">
         <v>314</v>